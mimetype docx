--- v0 (2025-10-15)
+++ v1 (2026-03-12)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/_rels/document.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14 wp14">
+<w:document xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="LOnormal"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>People &amp; Planet Treasurer Job Description</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -184,51 +184,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="LOnormal"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>People &amp; Planet is registered as a not-for-profit company and is governed by a Board of Trustees. People &amp; Planet is staffed by highly committed and professional people, and is run in an open and supportive way. Since March 2020, the entire team works remotely.Unlike most organisations that have a Director or CEO, People &amp; Planet is run by a collaborative management team made up of Co-Directors.</w:t>
+        <w:t>People &amp; Planet is registered as a not-for-profit company and is governed by a Board of Trustees. People &amp; Planet is staffed by highly committed and professional people, and is run in an open and supportive way. Since March 2020, the entire team works remotely. Unlike most organisations that have a Director or CEO, People &amp; Planet is run by a collaborative management team made up of Co-Directors.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="LOnormal"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="LOnormal"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -1205,128 +1205,54 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please send a copy of your CV and an expression of interest letter detailing how you meet the person specification and skills and experience (no more than one page) to recruitment@peopleandplanet.org   </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="LOnormal"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
       </w:r>
     </w:p>
-    <w:p>
-[...72 lines deleted...]
-    </w:p>
     <w:sectPr>
       <w:type w:val="nextPage"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:left="1440" w:right="1440" w:header="0" w:top="1440" w:footer="0" w:bottom="1440" w:gutter="0"/>
+      <w:pgMar w:left="1440" w:right="1440" w:gutter="0" w:header="0" w:top="1440" w:footer="0" w:bottom="1440"/>
       <w:pgNumType w:start="1" w:fmt="decimal"/>
       <w:formProt w:val="false"/>
       <w:textDirection w:val="lrTb"/>
       <w:docGrid w:type="default" w:linePitch="100" w:charSpace="4096"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <w:font w:name="Times New Roman">
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -1357,51 +1283,51 @@
   <w:font w:name="Wingdings">
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="OpenSymbol">
     <w:altName w:val="Arial Unicode MS"/>
     <w:charset w:val="01"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml">
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:abstractNum w:abstractNumId="1">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
@@ -1922,76 +1848,76 @@
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:autoHyphenation w:val="true"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
   <w:themeFontLang w:val="" w:eastAsia="" w:bidi=""/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:suppressAutoHyphens w:val="true"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:style w:type="paragraph" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl/>
       <w:suppressAutoHyphens w:val="true"/>
       <w:bidi w:val="0"/>
       <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:color w:val="auto"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="Heading 1"/>
     <w:basedOn w:val="LOnormal"/>
     <w:next w:val="LOnormal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
       <w:keepLines/>
       <w:pageBreakBefore w:val="false"/>
       <w:spacing w:lineRule="auto" w:line="240" w:before="400" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="Heading 2"/>
     <w:basedOn w:val="LOnormal"/>
     <w:next w:val="LOnormal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
@@ -2142,51 +2068,51 @@
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Lohit Devanagari"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="LOnormal" w:default="1">
     <w:name w:val="LO-normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl/>
       <w:suppressAutoHyphens w:val="true"/>
       <w:bidi w:val="0"/>
       <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:color w:val="auto"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:val="en" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="LOnormal"/>
     <w:next w:val="LOnormal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
       <w:keepLines/>
       <w:pageBreakBefore w:val="false"/>
       <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="60"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="LOnormal"/>
     <w:next w:val="LOnormal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
@@ -2515,46 +2441,47 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
-  <Application>LibreOffice/6.4.7.2$Linux_X86_64 LibreOffice_project/40$Build-2</Application>
+  <Application>LibreOffice/7.3.7.2$Linux_X86_64 LibreOffice_project/30$Build-2</Application>
+  <AppVersion></AppVersion>
   <Pages>3</Pages>
-  <Words>1086</Words>
-[...2 lines deleted...]
-  <Paragraphs>51</Paragraphs>
+  <Words>1070</Words>
+  <Characters>5804</Characters>
+  <CharactersWithSpaces>6815</CharactersWithSpaces>
+  <Paragraphs>49</Paragraphs>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <dc:description/>
   <dc:language>en-GB</dc:language>
   <cp:lastModifiedBy/>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
   <dc:subject/>
   <dc:title/>
 </cp:coreProperties>
 </file>